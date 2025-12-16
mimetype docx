--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -1,18284 +1,3477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="093A6FA5" w14:textId="77777777" w:rsidR="004A1843" w:rsidRDefault="004A1843" w:rsidP="004A1843">
+    <w:p w14:paraId="5BE1674F" w14:textId="77777777" w:rsidR="00642A8F" w:rsidRPr="00D93DA2" w:rsidRDefault="00642A8F" w:rsidP="00642A8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A1843">
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">                   IV TARPTAUTINIS VIRTUALUS MUZIKOS</w:t>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D93DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> RESPUBLIKINIS MENO IR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="21D9B674" w14:textId="77777777" w:rsidR="004A1843" w:rsidRPr="004A1843" w:rsidRDefault="004A1843" w:rsidP="004A1843">
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MUZIKOS MOKYKLŲ XX-XXI AMŽIAUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71453443" w14:textId="77777777" w:rsidR="00642A8F" w:rsidRPr="00D93DA2" w:rsidRDefault="00642A8F" w:rsidP="00642A8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004A1843">
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D93DA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>ŠIUO</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A1843">
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>LAIKINĖS INSTRUMENTINĖS MUZIKOS KONKURSAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F2E422" w14:textId="77777777" w:rsidR="00642A8F" w:rsidRPr="00D93DA2" w:rsidRDefault="00642A8F" w:rsidP="00642A8F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D93DA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>„ŽIEMOS ESKIZAI“</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F268E25" w14:textId="77777777" w:rsidR="00EF242F" w:rsidRDefault="00642A8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                    REZULTATAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7527F835" w14:textId="77777777" w:rsidR="00642A8F" w:rsidRDefault="00642A8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GRAND PRIX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1969F022" w14:textId="6626A8C3" w:rsidR="00642A8F" w:rsidRPr="00AB75F4" w:rsidRDefault="00642A8F" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Martynas Vekerotas  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74253919" w14:textId="7E9F0C05" w:rsidR="00AF6845" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Jokūbas Samkus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369D1F51" w14:textId="4971B8FA" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Marija Briedytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD225BD" w14:textId="14F7254E" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liepa Raulinaitytė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685EEFEF" w14:textId="1D225C4F" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Gabija Šulčiūtė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A3C0A7C" w14:textId="119AFBF3" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Kotryna Petrigh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C04F61" w14:textId="414AC2AC" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Dovydas Kilinskas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1B0FD5" w14:textId="40BA6352" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Sofija Skinkytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498112FC" w14:textId="2C34C130" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Linas Ignatavičius</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="709CA81A" w14:textId="08F7A8FF" w:rsidR="00AA4405" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="00AA4405">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Kotryna Janavičiūtė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102E0AF7" w14:textId="3038152B" w:rsidR="00642A8F" w:rsidRPr="00AB75F4" w:rsidRDefault="00642A8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LAUREATAS I</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7290E317" w14:textId="0DD1331A" w:rsidR="00F772F7" w:rsidRPr="00AB75F4" w:rsidRDefault="00F772F7" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ainė Trimirkaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA233EE" w14:textId="6D628E03" w:rsidR="00F772F7" w:rsidRPr="00AB75F4" w:rsidRDefault="00F772F7" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Mindaugas Vainauskas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EEF642" w14:textId="02407E82" w:rsidR="00F772F7" w:rsidRPr="00AB75F4" w:rsidRDefault="00F772F7" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Vincentas Volungevičius</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E26751" w14:textId="77777777" w:rsidR="008749FC" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rugilė Kilnaitė </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F41F17A" w14:textId="5FB146F1" w:rsidR="00F772F7" w:rsidRPr="00AB75F4" w:rsidRDefault="008749FC" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Eglė Baušytė</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6070" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596219EA" w14:textId="3DF9D09A" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elena Martinkutė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C471CC" w14:textId="35D5504C" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Barbora Baltuškaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537651B8" w14:textId="2429753D" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Vesta Ragelskytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65836333" w14:textId="139D3259" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Medeina Cicėnaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A14438" w14:textId="391FA9F9" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Vilma Kelpšaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC899DD" w14:textId="7C235097" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Rugilė Čaplinskaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D7A18B" w14:textId="0FCDA390" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Austėja Gidraitė, Nojus Gidra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F089411" w14:textId="7331DBB1" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Elija Kaukėnaitė, Lėja Sadaunykaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC60A6A" w14:textId="41BDE2DF" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Viltė Večiorkutė, Kamilė Šataitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB565D2" w14:textId="3EDD8BAC" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Nika Nikitina, Milana Kivilšaitė, Jeva Vernadskytė, Juljan Voitechovič</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54440CBE" w14:textId="4AA80DB7" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="009A12B7" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Barbora Baltuškaitė, Eglė Baušytė, Ilzė Juodelytė, Airūnė Marija Katyšovė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C22FA4D" w14:textId="76BC3FDF" w:rsidR="009A12B7" w:rsidRPr="00AB75F4" w:rsidRDefault="009A12B7" w:rsidP="00F772F7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Lukrecija Dubravaitė, Elija Vėžytė, Ieva Inčerytė, Elinga Juodytė, Viltė Varnaitytė, Kornelija  Navikaitė, Urtė Dolibagaitė, Eva Bitautaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEB41DA" w14:textId="2635B392" w:rsidR="009A12B7" w:rsidRPr="00AB75F4" w:rsidRDefault="009A12B7" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kanklininkių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ansamblis"Ašarėlė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fausta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mikėnaitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Aleksandra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Radinkovaitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kamilė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Garbauskaitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Gina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rinkūnaitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Emilija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Viskaitytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Viltė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Večiorkutė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kamilė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Šataitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7536B822" w14:textId="302269DC" w:rsidR="009A12B7" w:rsidRPr="00AB75F4" w:rsidRDefault="009A12B7" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Goda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Poškaitytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Patricija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Žebuolytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Monika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Maštaraitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sofija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Žebuolytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tauras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jazukevičius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rugilė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rolskytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gabija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Raskilaitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aleksas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kostrica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3343F424" w14:textId="236CB557" w:rsidR="009A12B7" w:rsidRPr="00AB75F4" w:rsidRDefault="009A12B7" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tilija Domeikaitė, Greta Buckaitė, Elena Gedvilaitė, Melita Kačenauskaitė, Mila Lemziakovaitė, Viktorija Vosiliūtė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7584FA" w14:textId="3D62CB35" w:rsidR="009A12B7" w:rsidRPr="00AB75F4" w:rsidRDefault="009A12B7" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kanklininkių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ansamblis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ašarėlė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Erta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dambrauskaitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Lea </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zidonis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugnė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Žemonytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Miglė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chimičiūtė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Marija</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Briedytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Milėja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rimšaitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Smiltė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Čičelytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aistė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jasinskaitė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elzė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gatulytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00760282" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Austėja</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Filomena</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Valonytė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121A830E" w14:textId="1090FF7D" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Liepa Andriulytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FFBC93" w14:textId="78CBD1FB" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="009764D4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ignas Jonas</w:t>
+      </w:r>
+      <w:r w:rsidR="009764D4" w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cirtautas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC437F4" w14:textId="783DD5E2" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Lėja Jakutytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77433689" w14:textId="7FCC825C" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liepa Medelytė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B1ED5E" w14:textId="410943DB" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elžbieta Tadarovskaitė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7D09D1" w14:textId="26CD4C3B" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Lėja Bastytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF23094" w14:textId="2704A85A" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Agnija Vilė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BB3E3D" w14:textId="5CD26902" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Meda Mikitavičiūtė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1355AF" w14:textId="3F75FFA0" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Entonis Ščerbinas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDC6C8D" w14:textId="58EEED12" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sofija Simona Levišauskaitė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6109A12E" w14:textId="0B1AB559" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Rugilė Januševskytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AABE124" w14:textId="0CD1F338" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Emilis Vaičekauskas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6C7359" w14:textId="7F5E2849" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Simona Juciūtė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3C66D0" w14:textId="3369C643" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ema Maziliauskaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE7D326" w14:textId="62BB7BCF" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Elžbieta Antanaitytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D89AEDB" w14:textId="0453080C" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ana Chrulevič  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00686FC8" w14:textId="24CB9F75" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ugnė Ganciūnaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32B11875" w14:textId="2EC3792D" w:rsidR="00AA4405" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Rebeka Andrijaitytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0C6CD2" w14:textId="763ACEBC" w:rsidR="00AA4405" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Emilė Kilinskaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491A093E" w14:textId="5BBB69F1" w:rsidR="00AA4405" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Evelina Voitinovič</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDC2C93" w14:textId="20F9268E" w:rsidR="00AA4405" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="00760282">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Elija Pumputytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51676B90" w14:textId="5ED84F88" w:rsidR="00642A8F" w:rsidRPr="00AB75F4" w:rsidRDefault="00642A8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LAUREATAS II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0796583F" w14:textId="74183A12" w:rsidR="00642A8F" w:rsidRPr="00AB75F4" w:rsidRDefault="00642A8F" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Benas Petrošius</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6078B0F5" w14:textId="6529DC40" w:rsidR="00F772F7" w:rsidRPr="00AB75F4" w:rsidRDefault="00F772F7" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Viltė Budrytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F362B6" w14:textId="4172E6FD" w:rsidR="00AF6845" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Luknė Paliulytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70144B3A" w14:textId="45403719" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elena Martinkutė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8E8DED" w14:textId="35C24BC1" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Dorotėja Miškinytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E10C4B" w14:textId="48750BD1" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Morta Rimkutė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D533AE0" w14:textId="2B34DB94" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Roberta Čereška</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D87770" w14:textId="6D30EF1B" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Barbora Dastikaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0951BDBF" w14:textId="51C373C0" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Polina Pontajeva  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523C5BA6" w14:textId="384487E0" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Adas Risakovas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381D6475" w14:textId="6A690992" w:rsidR="003E33D3" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Emilė Mačiuitytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA115D5" w14:textId="704D05EF" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Sofija Petkevič</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E9A506" w14:textId="4330EBA2" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elija Salomėja Naunčikaitė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CC75A6" w14:textId="733D4F28" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Smiltė Šopytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1212968A" w14:textId="0D90CAFA" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Arnas Dinda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C7839C" w14:textId="65864EA3" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Miglė Čiūtaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C83A54C" w14:textId="21C2C938" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Ugnė Ugintaitė</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="034CEABA" w14:textId="77777777" w:rsidR="004A1843" w:rsidRPr="004A1843" w:rsidRDefault="004A1843" w:rsidP="004A1843">
+    <w:p w14:paraId="48AE285C" w14:textId="29448252" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Laura Radžiukynaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44484E1E" w14:textId="077A3864" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elžbieta Augutė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D1F5D1" w14:textId="6C192C5D" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Laurynas Andrulis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B8D16E9" w14:textId="038C82C2" w:rsidR="00AA4405" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="00AA4405">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Gojus Grudžinskas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC40FB3" w14:textId="77777777" w:rsidR="00642A8F" w:rsidRPr="00AB75F4" w:rsidRDefault="00642A8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004A1843">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...662 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LAUREATAS III</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559B2350" w14:textId="069DA149" w:rsidR="00642A8F" w:rsidRPr="00AB75F4" w:rsidRDefault="00642A8F" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vėjas Valentinavičius  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68411B26" w14:textId="06EBBAAD" w:rsidR="00AF6845" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aleksandra Radinkovaitė  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C654283" w14:textId="01BF7D97" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Alisa Saveljeva</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A41C799" w14:textId="1C760BB5" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="00BF6070" w:rsidP="00642A8F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Adelė Utkaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="283FBF9B" w14:textId="77777777" w:rsidR="009A12B7" w:rsidRPr="00AB75F4" w:rsidRDefault="009A12B7" w:rsidP="009A12B7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8064 lines deleted...]
-    <w:p w14:paraId="5F154E22" w14:textId="77777777" w:rsidR="004A1843" w:rsidRPr="004A1843" w:rsidRDefault="004A1843" w:rsidP="004A1843">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Nika Nikitina, Milana Kivilšaitė, Jeva Vernadskytė, Juljan Voitechovič</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77ABD779" w14:textId="44AA34AD" w:rsidR="00BF6070" w:rsidRPr="00AB75F4" w:rsidRDefault="003E33D3" w:rsidP="00642A8F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...145 lines deleted...]
-    <w:p w14:paraId="4F635B5F" w14:textId="77777777" w:rsidR="004A1843" w:rsidRPr="004A1843" w:rsidRDefault="004A1843" w:rsidP="004A1843">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Upė Čužiauskaitė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA6935F" w14:textId="396B42F6" w:rsidR="00642A8F" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="003E33D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="31B5305E" w14:textId="77777777" w:rsidR="004A1843" w:rsidRPr="004A1843" w:rsidRDefault="004A1843" w:rsidP="004A1843">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Smiltė Gurskytė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F4B22E" w14:textId="63B7FE7D" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="007330D0" w:rsidP="003E33D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="0F0D4C5C" w14:textId="77777777" w:rsidR="004A1843" w:rsidRPr="004A1843" w:rsidRDefault="004A1843" w:rsidP="004A1843">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Emilė Martinkutė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AAFE9E" w14:textId="3D550B31" w:rsidR="007330D0" w:rsidRPr="00AB75F4" w:rsidRDefault="00AA4405" w:rsidP="003E33D3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9087 lines deleted...]
-    <w:sectPr w:rsidR="008351C8">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB75F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="lt-LT"/>
+        </w:rPr>
+        <w:t>Emilė Martinkutė, Smiltė Šopytė</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007330D0" w:rsidRPr="00AB75F4">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="174E41DB"/>
+    <w:nsid w:val="15D535C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="635C4BC0"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="8F1464F0"/>
+    <w:lvl w:ilvl="0" w:tplc="B5D4117C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18310,61 +3503,64 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="264A2DB0"/>
+    <w:nsid w:val="2B702C99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="32729168"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="02421D38"/>
+    <w:lvl w:ilvl="0" w:tplc="B5D4117C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18396,53 +3592,53 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2ACF7346"/>
+    <w:nsid w:val="3AE947E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1026CCEA"/>
+    <w:tmpl w:val="397E068C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -18482,53 +3678,53 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2BD4188F"/>
+    <w:nsid w:val="3C320688"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C58AB834"/>
+    <w:tmpl w:val="82102F32"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -18568,61 +3764,64 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7AE33027"/>
+    <w:nsid w:val="537F6AE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F0D490BC"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="DE527FA0"/>
+    <w:lvl w:ilvl="0" w:tplc="B5D4117C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18653,112 +3852,409 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53D73813"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="614CF4A4"/>
+    <w:lvl w:ilvl="0" w:tplc="BA500670">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="600D2366"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="95D0D712"/>
+    <w:lvl w:ilvl="0" w:tplc="B5D4117C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="729A51DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8E07508"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004A1843"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008351C8"/>
+    <w:rsidRoot w:val="00642A8F"/>
+    <w:rsid w:val="00231EFF"/>
+    <w:rsid w:val="002B2402"/>
+    <w:rsid w:val="003E33D3"/>
+    <w:rsid w:val="0046378C"/>
+    <w:rsid w:val="005D42F0"/>
+    <w:rsid w:val="00613C89"/>
+    <w:rsid w:val="00642A8F"/>
+    <w:rsid w:val="007330D0"/>
+    <w:rsid w:val="00760282"/>
+    <w:rsid w:val="008749FC"/>
+    <w:rsid w:val="008833D1"/>
+    <w:rsid w:val="008D388B"/>
+    <w:rsid w:val="009764D4"/>
+    <w:rsid w:val="009A12B7"/>
+    <w:rsid w:val="009D036D"/>
+    <w:rsid w:val="00A61E25"/>
+    <w:rsid w:val="00AA4405"/>
+    <w:rsid w:val="00AB75F4"/>
+    <w:rsid w:val="00AF6845"/>
+    <w:rsid w:val="00BF6070"/>
+    <w:rsid w:val="00C509D8"/>
+    <w:rsid w:val="00C66EE8"/>
+    <w:rsid w:val="00D7084A"/>
+    <w:rsid w:val="00EF242F"/>
+    <w:rsid w:val="00F11D93"/>
+    <w:rsid w:val="00F772F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="329EF851"/>
+  <w14:docId w14:val="18FD2DCC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9FBB5891-FD10-47E4-A487-FD1DCFEB4BD3}"/>
+  <w15:docId w15:val="{4951CBA7-520A-43CC-9EB8-0FA70A4F0ACF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19111,89 +4607,108 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A1843"/>
+    <w:rsid w:val="00642A8F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="004A1843"/>
+    <w:rsid w:val="00642A8F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="009A12B7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -19428,72 +4943,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>7255</Characters>
+  <Pages>3</Pages>
+  <Words>408</Words>
+  <Characters>2332</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8510</CharactersWithSpaces>
+  <CharactersWithSpaces>2735</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Virginija Beržinskienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>